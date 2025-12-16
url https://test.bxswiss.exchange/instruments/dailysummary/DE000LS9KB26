--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd744b414b664cf3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca5ef2bf88ed4467" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re30d61b7571d4de7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaf041f9a1574e2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2442e33cb5cc4638" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re30d61b7571d4de7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba77705100724916" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaf041f9a1574e2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CF Global Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KB26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>143,007</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,452</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>