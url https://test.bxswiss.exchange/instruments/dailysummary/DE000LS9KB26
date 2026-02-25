--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca5ef2bf88ed4467" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfde2d27836924860" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaf041f9a1574e2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14c1e92725d54a72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba77705100724916" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaf041f9a1574e2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7622293ca3bd489e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14c1e92725d54a72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CF Global Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KB26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,164</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>