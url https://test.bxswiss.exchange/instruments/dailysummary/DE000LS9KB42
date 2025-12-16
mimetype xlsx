--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbbbdf9c1b0f4671" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac62bba2df594c2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re760cdd0290e42bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R464235687e954234"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cf848d2005346df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re760cdd0290e42bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R611f2e53669c4763" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R464235687e954234" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PharmaInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KB42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>84,484</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,828</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>