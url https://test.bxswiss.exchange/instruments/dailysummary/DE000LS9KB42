--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac62bba2df594c2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R687eddad00c64784" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R464235687e954234"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9302aed8a5b483f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R611f2e53669c4763" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R464235687e954234" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1efccf7716b44b2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9302aed8a5b483f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PharmaInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KB42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,779</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>