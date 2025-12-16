--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7ca023c9dea456c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0498dcfc8a234864" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc077363137b4a8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74d8237f414a451e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68632024f9304b8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc077363137b4a8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73c2cac875c44612" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74d8237f414a451e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienauswahl nach Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>271,282</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,556</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>