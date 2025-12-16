--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fb681ee5f314bda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re46a4f1cb33c4c44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8685caf544b456d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52ead9c06c194369"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcb82f7f29b444c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8685caf544b456d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R200b35ce7a0b4568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52ead9c06c194369" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TUPP Models Europe 5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>162,372</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>161,802</x:t>
-[...463 lines deleted...]
-          <x:t>162,632</x:t>
+          <x:t>162,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,269</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>