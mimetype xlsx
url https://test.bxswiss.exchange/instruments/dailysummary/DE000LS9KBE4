--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re46a4f1cb33c4c44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4a238cf60a64c0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52ead9c06c194369"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99b562ef108740b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R200b35ce7a0b4568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52ead9c06c194369" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bd06f322b074b6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99b562ef108740b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TUPP Models Europe 5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>161,921</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,012</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...249 lines deleted...]
-          <x:t>162,269</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>