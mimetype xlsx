--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4635cc820d0c494d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9232b75f802c4f33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb494d607c8b4518"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85b44e1af4c740f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree141fad09cd40e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb494d607c8b4518" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b8745e9550f422c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85b44e1af4c740f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>project digital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>425,676</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,197</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>