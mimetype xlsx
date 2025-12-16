--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdba904c1c6264c21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc776587ebfc9421a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2416f507205f470e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02ad78c526774b46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reff4494c25b847f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2416f507205f470e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra917b07233914e4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02ad78c526774b46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlueChips D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>115,923</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,424</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>