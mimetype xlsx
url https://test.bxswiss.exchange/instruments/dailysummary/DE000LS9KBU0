--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdceb2fc89e1947d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re00be943f564475c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf860f9520cc647e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca2e9762d7894a09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ef0c873fc1f479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf860f9520cc647e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd589510e6bb54227" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca2e9762d7894a09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silvana FHB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>70,834</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,551</x:t>
-[...384 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>70,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,319</x:t>
-[...117 lines deleted...]
-          <x:t>71,552</x:t>
+          <x:t>69,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>