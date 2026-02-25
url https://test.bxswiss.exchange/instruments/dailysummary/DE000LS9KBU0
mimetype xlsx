--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re00be943f564475c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5cb8f317a5a4736" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca2e9762d7894a09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2116230f1b44ddc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd589510e6bb54227" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca2e9762d7894a09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd33e5e4c529b4866" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2116230f1b44ddc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silvana FHB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,166</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>