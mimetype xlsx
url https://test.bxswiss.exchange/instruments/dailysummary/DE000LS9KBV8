--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab9b33590d1e4fbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R124bced87d24470a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e9c5a4a8f3641c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8f692a38dd6454e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4da0188da2254a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e9c5a4a8f3641c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76897f89d6a04125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8f692a38dd6454e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mehrsäulenmodell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>172,914</x:t>
-[...306 lines deleted...]
-          <x:t>173,460</x:t>
+          <x:t>174,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,986</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>