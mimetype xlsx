--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R124bced87d24470a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ba5ef66bdc04718" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8f692a38dd6454e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra84e661a530c4709"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76897f89d6a04125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8f692a38dd6454e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fc6f43305ec4731" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra84e661a530c4709" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mehrsäulenmodell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,688</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>