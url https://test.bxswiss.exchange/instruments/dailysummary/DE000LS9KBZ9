--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bcac731ec1546b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R787dfcfd085240bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ca2d7e67394488b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f627a0624874e9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref06ace42d554581" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ca2d7e67394488b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8b063a7efc44640" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f627a0624874e9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sicherheit und Rüstung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>649,275</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,079</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>