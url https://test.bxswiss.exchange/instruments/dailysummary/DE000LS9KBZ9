--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R787dfcfd085240bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1e4ba6528ad4015" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f627a0624874e9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R249ac873819a4485"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8b063a7efc44640" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f627a0624874e9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbccf30c2e9544940" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R249ac873819a4485" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sicherheit und Rüstung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>554,709</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>554,672</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>562,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>553,779</x:t>
-[...166 lines deleted...]
-          <x:t>570,079</x:t>
+          <x:t>566,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>