--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf02bb1de7667414b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a2e9c184fd545ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re26bdb1a781547ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06d23db82d884607"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcb3c4f0c9d24b76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re26bdb1a781547ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racddd5e1b97e4645" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06d23db82d884607" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabiswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KC09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...553 lines deleted...]
-          <x:t>66,887</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,057</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>