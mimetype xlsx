--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a2e9c184fd545ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ceaaf0a6f1b4fbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06d23db82d884607"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb529aac9147c4536"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racddd5e1b97e4645" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06d23db82d884607" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R963ec91a546046d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb529aac9147c4536" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabiswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KC09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,604</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>