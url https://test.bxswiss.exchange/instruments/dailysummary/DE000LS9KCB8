--- v0 (2025-10-02)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68391ca7bc364fa3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb86ecdb8279b4310" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cd9992a23ed4898"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re30f1e923d7f4eb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7666167720954246" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cd9992a23ed4898" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dd6e9921a984dc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re30f1e923d7f4eb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>STARTUPS und SMALL CAP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>143,932</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>