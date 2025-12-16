--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8e5490e3b7948fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R619be2ecf3af49c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f24789dfbf748bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3b58a18ff4842ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e9f9d19c1cd40df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f24789dfbf748bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7087dd75e4354fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3b58a18ff4842ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendensprinter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>130,592</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,783</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...514 lines deleted...]
-          <x:t>131,991</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,202</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>