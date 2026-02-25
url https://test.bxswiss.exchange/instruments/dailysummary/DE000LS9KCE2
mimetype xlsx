--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R619be2ecf3af49c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b2609f55ce34e09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3b58a18ff4842ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R302272e9c6cc4096"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7087dd75e4354fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3b58a18ff4842ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb993dce02b9d42af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R302272e9c6cc4096" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendensprinter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,916</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>