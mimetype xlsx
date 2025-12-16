--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28d9ed374fbd4968" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfbf08fe05a3473d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68e1593c1f9f4ed9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R510c15c425e04108"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radb1335ac4ff49c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68e1593c1f9f4ed9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9068af35d2824d1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R510c15c425e04108" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GANN-Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>316,175</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>