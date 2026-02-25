--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfbf08fe05a3473d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa62e46986e24ab2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R510c15c425e04108"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a6f1f16b0374fce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9068af35d2824d1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R510c15c425e04108" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2850f472a4364fd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a6f1f16b0374fce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GANN-Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>