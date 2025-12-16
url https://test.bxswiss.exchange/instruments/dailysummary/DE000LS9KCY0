--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00e2fe3539b943b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8215ca18ad8c4c93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R236930d0140c4737"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b22e903309e4684"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf490377e347d4955" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R236930d0140c4737" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fd287b219354201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b22e903309e4684" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...431 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>130,623</x:t>
-[...171 lines deleted...]
-          <x:t>130,731</x:t>
+          <x:t>129,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>