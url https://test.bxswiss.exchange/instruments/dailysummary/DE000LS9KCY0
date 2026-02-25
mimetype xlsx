--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8215ca18ad8c4c93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc15b4269c91d4b85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b22e903309e4684"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde3245886cc24d50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fd287b219354201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b22e903309e4684" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R417388aa38734afd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde3245886cc24d50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,073</x:t>
-[...313 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>127,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,255</x:t>
-[...16 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>126,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,568</x:t>
-[...63 lines deleted...]
-          <x:t>127,453</x:t>
+          <x:t>128,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,132</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>