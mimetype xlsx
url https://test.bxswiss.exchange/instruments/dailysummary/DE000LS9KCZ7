--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeabf4631be64739" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98ce5f98ec3b4391" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dafd15046b04d01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05ebe86033894c06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97ea541620f94350" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dafd15046b04d01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f400bb9c6254562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05ebe86033894c06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neutro-System</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>95,190</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,097</x:t>
-[...53 lines deleted...]
-          <x:t>94,972</x:t>
+          <x:t>95,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,037</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>94,965</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,838</x:t>
-[...274 lines deleted...]
-          <x:t>95,309</x:t>
+          <x:t>95,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>