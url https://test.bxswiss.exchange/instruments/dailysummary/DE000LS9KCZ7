--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98ce5f98ec3b4391" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5781eb8a8879412d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05ebe86033894c06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc1a1ba3b52447a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f400bb9c6254562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05ebe86033894c06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc1ff2bf7a30489b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc1a1ba3b52447a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neutro-System</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>94,607</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,453</x:t>
-[...512 lines deleted...]
-          <x:t>94,887</x:t>
+          <x:t>94,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,547</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>