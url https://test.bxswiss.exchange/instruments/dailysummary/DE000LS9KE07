--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b0dfe2e680d44f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd91625511554eb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0a26f511d3c43f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c09e77b879c4570"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbeab9e404c95463b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0a26f511d3c43f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f95f5df45344993" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c09e77b879c4570" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren in Weinaktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KE07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>80,620</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,181</x:t>
-[...355 lines deleted...]
-          <x:t>80,286</x:t>
+          <x:t>81,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,306</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>