--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd91625511554eb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28ddf9dbde2f4a36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c09e77b879c4570"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2098d22e9f7643e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f95f5df45344993" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c09e77b879c4570" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recc0d9aea912438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2098d22e9f7643e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren in Weinaktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KE07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...414 lines deleted...]
-          <x:t>83,348</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,191</x:t>
-[...161 lines deleted...]
-          <x:t>82,306</x:t>
+          <x:t>81,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,616</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>