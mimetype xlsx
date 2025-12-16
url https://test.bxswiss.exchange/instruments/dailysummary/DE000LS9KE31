--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8aca901f32042b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd64ccea03d744ae6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb43914a425f4638"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fb97fd787164334"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0fe26b98cd44cfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb43914a425f4638" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e3f1aee31ef4214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fb97fd787164334" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT Leader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KE31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>259,796</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>