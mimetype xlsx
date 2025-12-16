--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d01242a9d1c46e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82e0ccfcfcaa4ace" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69070e3a72264fef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd7183f00ecb4691"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5e5c67276794f45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69070e3a72264fef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re25921684a5e437f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd7183f00ecb4691" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte Strategie Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>153,425</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,346</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>