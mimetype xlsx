--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82e0ccfcfcaa4ace" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60280b7208b54c51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd7183f00ecb4691"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb145e3e80d6b4abb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re25921684a5e437f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd7183f00ecb4691" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recd64ecff60b4c18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb145e3e80d6b4abb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte Strategie Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>157,509</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>156,865</x:t>
-[...274 lines deleted...]
-          <x:t>156,346</x:t>
+          <x:t>157,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>