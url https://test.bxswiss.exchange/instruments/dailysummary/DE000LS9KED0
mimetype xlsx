--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4eabc3130e0a427b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28d4bce19698473c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd5d3c4f50c8436c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d2bfa4bc9604b8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67488335a3234739" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd5d3c4f50c8436c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19ac969570fa423d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d2bfa4bc9604b8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte unter Buchwert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KED0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>209,242</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,648</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>