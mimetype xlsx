--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28d4bce19698473c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R443104017fdf4647" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d2bfa4bc9604b8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6aa5c81496747a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19ac969570fa423d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d2bfa4bc9604b8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78f6e4e904684d14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6aa5c81496747a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte unter Buchwert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KED0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,144</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,672</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>