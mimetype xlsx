--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13f3eb32330441b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb94fa5df745a493c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5adc1312ac54eb9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79c84cecf9a340d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a6aba7838a142e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5adc1312ac54eb9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87d0aeddfb6340a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79c84cecf9a340d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental Quantitativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>195,271</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>