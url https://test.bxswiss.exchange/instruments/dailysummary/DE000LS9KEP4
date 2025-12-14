--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d81306826be479b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R279cfa0d8af247b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra28dee78cc08410c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdef12fcc03804649"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49b09dfa133d4bfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra28dee78cc08410c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dabb7ce95984e61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdef12fcc03804649" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Player&amp;Mittelstand</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...146 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>