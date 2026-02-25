--- v1 (2025-12-14)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R279cfa0d8af247b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re82b61059f7d4773" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdef12fcc03804649"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf21bdf7a0f9f41b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dabb7ce95984e61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdef12fcc03804649" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb122ad4bf274fb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf21bdf7a0f9f41b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Player&amp;Mittelstand</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>158,425</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,154</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>