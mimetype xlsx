--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfae5ec8d990a4e99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R476d5b2c3129423f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b1e5e0ea13542e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32762757eb344f12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4681e6ad73f0410a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b1e5e0ea13542e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea33f01142934ca3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32762757eb344f12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Core US-Equity Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>169,922</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>