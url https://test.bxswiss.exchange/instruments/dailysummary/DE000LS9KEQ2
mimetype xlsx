--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R476d5b2c3129423f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6eb24a2738949e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32762757eb344f12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fd6d0aa7f9c422c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea33f01142934ca3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32762757eb344f12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R751f304a085f4a2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fd6d0aa7f9c422c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Core US-Equity Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>