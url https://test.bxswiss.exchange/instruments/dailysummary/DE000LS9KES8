--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa2adcc0bb504b61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R432acc56a55a45d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8260ac1f9474387"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ed0a4e82b194233"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf83f6f12fab4265" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8260ac1f9474387" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5c1c992d2ec4986" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ed0a4e82b194233" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Findex</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KES8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>224,135</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>