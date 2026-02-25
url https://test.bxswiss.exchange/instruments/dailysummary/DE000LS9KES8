--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R432acc56a55a45d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R500a27e18abf4397" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ed0a4e82b194233"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb58b1c4af79f45f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5c1c992d2ec4986" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ed0a4e82b194233" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95675124d43f496a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb58b1c4af79f45f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Findex</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KES8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,474</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>