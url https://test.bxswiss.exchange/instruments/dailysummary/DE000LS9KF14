--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra847c59d4d024dd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f121dd7bbb54b7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bdaeb210c6d48ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R901eb65d786b460c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89e81d1bd4fe4cba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bdaeb210c6d48ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6130b7f2ccb2458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R901eb65d786b460c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DTH Alpha Dividend Strategies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KF14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,582</x:t>
-[...166 lines deleted...]
-          <x:t>96,266</x:t>
+          <x:t>96,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,368</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>19.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,585</x:t>
-[...225 lines deleted...]
-          <x:t>96,626</x:t>
+          <x:t>96,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,218</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>