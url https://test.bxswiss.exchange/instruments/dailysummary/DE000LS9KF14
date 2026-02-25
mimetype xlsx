--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f121dd7bbb54b7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97b5a707da5b456c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R901eb65d786b460c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbed2dad67584599"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6130b7f2ccb2458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R901eb65d786b460c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5376ac30f444092" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbed2dad67584599" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DTH Alpha Dividend Strategies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KF14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>95,914</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,758</x:t>
-[...431 lines deleted...]
-          <x:t>96,218</x:t>
+          <x:t>95,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,854</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>