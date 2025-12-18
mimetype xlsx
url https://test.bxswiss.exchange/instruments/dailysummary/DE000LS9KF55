--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac8b11e514014547" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb927f25f07c543ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41d1c865ffb64098"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43e960ce835f4bb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8cc280091524058" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41d1c865ffb64098" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4c8ca2a93e5494b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43e960ce835f4bb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Roboter &amp; Künstliche Intelligenz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KF55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>517,834</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>