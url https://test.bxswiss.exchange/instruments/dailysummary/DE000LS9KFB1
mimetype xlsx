--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a49a21f7d914a01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44443307c47c4940" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2ca81557b334a86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R367b393a21fd4555"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bdc1015d6ae4399" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2ca81557b334a86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra96810e5538f4cc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R367b393a21fd4555" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Laster der Menschheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,306 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...273 lines deleted...]
-          <x:t>114,036</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,713</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>