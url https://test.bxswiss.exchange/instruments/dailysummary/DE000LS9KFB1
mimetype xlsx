--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44443307c47c4940" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R832c340a32214245" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R367b393a21fd4555"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd315c7098c79437c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra96810e5538f4cc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R367b393a21fd4555" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R695475bb35114f01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd315c7098c79437c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Laster der Menschheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,437 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...559 lines deleted...]
-          <x:t>113,713</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>