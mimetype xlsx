--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95afe7e927914451" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd31230f6aa7e4d76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b95a46e38e34d8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc2076e0e8da42b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb71420643ad4f6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b95a46e38e34d8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bc37aabc2354cb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc2076e0e8da42b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AB Innovativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>277,540</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,533</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>