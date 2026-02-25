--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd31230f6aa7e4d76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba2d3a7885e44ba3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc2076e0e8da42b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7ee7eb8fd96453f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bc37aabc2354cb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc2076e0e8da42b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4d7118c3a484aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7ee7eb8fd96453f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AB Innovativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>277,632</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>278,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>275,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>276,347</x:t>
-[...188 lines deleted...]
-          <x:t>280,533</x:t>
+          <x:t>276,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,998</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>