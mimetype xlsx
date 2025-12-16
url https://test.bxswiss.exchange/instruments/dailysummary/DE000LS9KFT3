--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba66ac7e231844f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02e9026d2f4c460b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57d305cbec784990"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra36a3b130b0f4073"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R498b5952266144ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57d305cbec784990" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra11c464a5f9f4b5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra36a3b130b0f4073" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value &amp; Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>141,252</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,834</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>