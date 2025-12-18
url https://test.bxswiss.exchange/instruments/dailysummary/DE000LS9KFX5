--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88e0e5d1d0d7487f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc640600382d84080" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rced35f5f158b458d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53ee6cc4f73a4775"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f3c543912f04ea0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rced35f5f158b458d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdee6627f8949464b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53ee6cc4f73a4775" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bavarian Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,116</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>108,456</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,350</x:t>
-[...70 lines deleted...]
-          <x:t>108,199</x:t>
+          <x:t>108,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,053</x:t>
-[...274 lines deleted...]
-          <x:t>108,591</x:t>
+          <x:t>108,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>