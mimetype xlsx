--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc640600382d84080" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb1d0d92fd304050" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53ee6cc4f73a4775"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5de4017893d4061"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdee6627f8949464b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53ee6cc4f73a4775" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1165f3a7a5544a88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5de4017893d4061" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bavarian Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>108,221</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,066</x:t>
-[...323 lines deleted...]
-          <x:t>108,110</x:t>
+          <x:t>107,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,724</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>