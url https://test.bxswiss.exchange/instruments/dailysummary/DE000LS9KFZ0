--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d425c841bcc4c63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bb103a770614f80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6962e4d77f7410d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cc68dfc938f4ad9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00edfa4b2535488f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6962e4d77f7410d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36f87fb5929f4c0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cc68dfc938f4ad9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>First Selection USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>393,990</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>