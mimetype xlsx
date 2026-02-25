--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bb103a770614f80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8936d825c29242d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cc68dfc938f4ad9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3e970efa92249e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36f87fb5929f4c0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cc68dfc938f4ad9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3be4435b2d3d42ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3e970efa92249e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>First Selection USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>423,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>424,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>403,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>405,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>