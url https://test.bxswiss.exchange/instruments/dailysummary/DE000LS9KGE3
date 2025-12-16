--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53fa51f9d44043e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89139c23b1474784" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref96d0e0d89940a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb10d20e80ed4085"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5af69346e3ac40b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref96d0e0d89940a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8a94959c5454571" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb10d20e80ed4085" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brem-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KGE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>92,076</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,971</x:t>
-[...544 lines deleted...]
-          <x:t>92,029</x:t>
+          <x:t>92,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>