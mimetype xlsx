--- v0 (2025-10-01)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ef4c324b9a84606" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ec73680d8cb45ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf86a23119bf4051"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78967bb5a0504d66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47e2de7434f34748" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf86a23119bf4051" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14ff98f4ff464bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78967bb5a0504d66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZAHLENWERK</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KH12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>613,244</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,794</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>