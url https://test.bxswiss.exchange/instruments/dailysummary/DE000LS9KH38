--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81a63071f8454473" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc292c358297f4368" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd93bfdd938d34821"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8707befa6e2433f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c2913492aca45a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd93bfdd938d34821" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radba72fd29844c8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8707befa6e2433f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA-ALPHA-MOMENTUMTURNAROUND</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KH38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>149,161</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,932</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>