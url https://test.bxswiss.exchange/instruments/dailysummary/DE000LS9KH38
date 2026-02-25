--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc292c358297f4368" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fe6eedd49494a0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8707befa6e2433f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3129df9861b34daf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radba72fd29844c8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8707befa6e2433f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d8990db3ac6447f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3129df9861b34daf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA-ALPHA-MOMENTUMTURNAROUND</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KH38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>137,946</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,451</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>140,932</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,718</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>