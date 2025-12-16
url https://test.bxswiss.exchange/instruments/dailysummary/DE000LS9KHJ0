--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c44f6ebbca3478d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd577db0de62549f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10878074374449d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb16c26d81b854efe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa94bf2e2dd94abf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10878074374449d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00269d34f264464b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb16c26d81b854efe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendstärke USA 2000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KHJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>300,380</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>