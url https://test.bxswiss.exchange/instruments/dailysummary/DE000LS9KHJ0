--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd577db0de62549f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R957b58843c944fb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb16c26d81b854efe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02067739b05a4947"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00269d34f264464b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb16c26d81b854efe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65c2d919062f4aa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02067739b05a4947" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendstärke USA 2000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KHJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...554 lines deleted...]
-          <x:t>363,862</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>365,372</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>363,656</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,919</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>