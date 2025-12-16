--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fd4c5ab0c3a4dd4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc221235429ff4b5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra85e947a58df439e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fb4ea2eeddf4a7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R457690c1a0cd496c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra85e947a58df439e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcad86ab1c3484617" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fb4ea2eeddf4a7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KHS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,220</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...497 lines deleted...]
-          <x:t>131,188</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>