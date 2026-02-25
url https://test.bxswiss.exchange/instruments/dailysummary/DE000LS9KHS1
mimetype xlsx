--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc221235429ff4b5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08c9d1bd7ecf4147" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fb4ea2eeddf4a7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51aca22bd4a1472d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcad86ab1c3484617" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fb4ea2eeddf4a7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd01d2caef96c4cdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51aca22bd4a1472d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KHS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>135,008</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,376</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>136,941</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,171</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>