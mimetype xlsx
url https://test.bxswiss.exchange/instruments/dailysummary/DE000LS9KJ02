--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4d80c0e6e8b4115" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29c034e79f2b4cdc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45b63e8ccd4c473f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R921d10f783e24e21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf66e22e881b2466b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45b63e8ccd4c473f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R436ce514ec994bd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R921d10f783e24e21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All Trader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJ02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>122,888</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>