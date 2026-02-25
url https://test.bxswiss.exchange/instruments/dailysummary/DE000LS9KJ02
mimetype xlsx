--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29c034e79f2b4cdc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ded0ef8aed14d98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R921d10f783e24e21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b750df4560a48c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R436ce514ec994bd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R921d10f783e24e21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R059575670552429c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b750df4560a48c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All Trader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJ02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,387</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>