--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94dd328631bc48d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbea18d4160d4659" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c3101294b184be0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ec3c39308c64354"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R246d7a69ec6344d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c3101294b184be0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8632665580b44f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ec3c39308c64354" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie nach Levermann Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJ51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>144,576</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,180</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
-[...316 lines deleted...]
-          <x:t>149,867</x:t>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>