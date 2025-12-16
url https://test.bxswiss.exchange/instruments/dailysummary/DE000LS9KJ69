--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra463e0f25fdb439d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67e1fdeb09a64515" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17352dc33f944ed3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a389a7abd394310"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15edfecc3392411e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17352dc33f944ed3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ccad83ceb94483b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a389a7abd394310" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoff-Werte Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJ69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>173,674</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,701</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>