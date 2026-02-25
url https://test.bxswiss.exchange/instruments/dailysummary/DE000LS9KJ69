--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67e1fdeb09a64515" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a4665cf9ad747f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a389a7abd394310"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc57ac613689a4fe3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ccad83ceb94483b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a389a7abd394310" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49294d54bddd415e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc57ac613689a4fe3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoff-Werte Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJ69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>