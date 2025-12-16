--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a8e445d52f44141" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e21aebca15c4fed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7edbc580a424bbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a555bc4c046457a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c5f960cb7184098" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7edbc580a424bbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76bb95af0ce9451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a555bc4c046457a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DUFFOlio - BIG CHANCES</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...146 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>