--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d543b9d94054913" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48651e017d9a4c16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0e1b34dc57c4143"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra885f61cb2e9468d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb65671e73c1940c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0e1b34dc57c4143" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6287940c88a415d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra885f61cb2e9468d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CashBubbleCrash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>189,399</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,378</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>