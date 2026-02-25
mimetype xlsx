--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48651e017d9a4c16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e3b7da9544b4ce0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra885f61cb2e9468d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda79cbc5a2374b41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6287940c88a415d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra885f61cb2e9468d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3990d7594684f65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda79cbc5a2374b41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CashBubbleCrash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,574</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>