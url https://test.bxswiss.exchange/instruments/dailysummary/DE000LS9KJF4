--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda13ef342fc34b9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2c39914c65b43c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a323a087019492d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree1267c59e104a04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8d993d87e4346aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a323a087019492d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37d8b3ebfaf9433d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree1267c59e104a04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden - Perle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>129,682</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,901</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>