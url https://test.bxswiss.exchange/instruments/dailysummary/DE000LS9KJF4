--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2c39914c65b43c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R995d9b4a5a384068" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree1267c59e104a04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R882bad9ed7e4493f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37d8b3ebfaf9433d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree1267c59e104a04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2173f4766e64f36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R882bad9ed7e4493f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden - Perle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,437 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...559 lines deleted...]
-          <x:t>136,901</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>