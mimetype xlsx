--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6281d1735c0b4d10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5900dbe81fe4bf6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b80bedf9b7046e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae5aa849650b4c3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17eff9d6fbba4700" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b80bedf9b7046e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3278b6ce5b1240bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae5aa849650b4c3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Odin Invest Sieben Sünden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,718</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...497 lines deleted...]
-          <x:t>185,673</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>