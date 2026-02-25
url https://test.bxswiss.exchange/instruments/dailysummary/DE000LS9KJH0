--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5900dbe81fe4bf6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42455c1d851a4a68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae5aa849650b4c3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ab6801949e44f3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3278b6ce5b1240bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae5aa849650b4c3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6ed1bf414f546f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ab6801949e44f3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Odin Invest Sieben Sünden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,654</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>