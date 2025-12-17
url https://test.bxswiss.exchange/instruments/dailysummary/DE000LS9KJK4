--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6198525031444d87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3751607277a41d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a857c8d547a4592"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03fc0084a24a4b9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38d7c8010bd24f7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a857c8d547a4592" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66950d494d4748c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03fc0084a24a4b9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BOKLA Deutschland Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>199,854</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,429</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.09.2025</x:t>
-[...235 lines deleted...]
-          <x:t>203,182</x:t>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,844</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>