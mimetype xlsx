--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3751607277a41d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R469c057c80f44d6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03fc0084a24a4b9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd76453cf6cfc4ea6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66950d494d4748c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03fc0084a24a4b9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7857a0d281841f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd76453cf6cfc4ea6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BOKLA Deutschland Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,963</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,272</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>