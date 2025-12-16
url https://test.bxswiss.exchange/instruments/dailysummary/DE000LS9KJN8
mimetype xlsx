--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2d655abdf95499a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R827c78d75b1c4a03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3f3d734a8cc44ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c2d666eae6146e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3006162e254e4b19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3f3d734a8cc44ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R249c0a4c7f534c78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c2d666eae6146e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schlechtmenschentitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>578,519</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,849</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>