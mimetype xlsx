--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R827c78d75b1c4a03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77edc46ea50c4f35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c2d666eae6146e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc34400cef79e4ff4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R249c0a4c7f534c78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c2d666eae6146e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21a14911c5d8471d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc34400cef79e4ff4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schlechtmenschentitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>509,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>510,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>504,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>508,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,674</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>