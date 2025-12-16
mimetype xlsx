--- v0 (2025-10-03)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a2a480a390d41f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9ff92afa13c41d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1d396d45ea8461b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59038025c0a24beb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24bacf42cce34f94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1d396d45ea8461b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad45b57d18664896" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59038025c0a24beb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche KGV Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>204,906</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,120</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...379 lines deleted...]
-          <x:t>199,538</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,382</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>