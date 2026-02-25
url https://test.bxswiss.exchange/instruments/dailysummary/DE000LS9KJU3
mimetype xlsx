--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9ff92afa13c41d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8bc928fac364a32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59038025c0a24beb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b71304c7c134aa7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad45b57d18664896" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59038025c0a24beb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3addb1dd5574afe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b71304c7c134aa7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche KGV Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>