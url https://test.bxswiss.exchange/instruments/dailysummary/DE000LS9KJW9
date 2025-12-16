--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re05ddaf0a13d442b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R107b13f35b0f476c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R460215a71ff544d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raad0ee5616cd4610"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R849da711cc5f4be1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R460215a71ff544d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2760b382350c420e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raad0ee5616cd4610" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende - weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>149,933</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,556</x:t>
-[...328 lines deleted...]
-          <x:t>152,786</x:t>
+          <x:t>149,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>