--- v0 (2025-10-02)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6faccc5510f649f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf33a31b8a17c4631" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb10d77ee5444999"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9084d857bba4054"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c03bd9e65744587" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb10d77ee5444999" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30c8c9a712a54881" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9084d857bba4054" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie nach Levermann Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KK25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>75,942</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,906</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>