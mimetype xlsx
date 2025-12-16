--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca6aedd3be064500" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5b2622920ec4690" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13c154c9a34b4554"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6153119152cf43d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R262ecc4de943411d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13c154c9a34b4554" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d61f9e849ea4134" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6153119152cf43d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Transformation Automotive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KK33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>181,124</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,252</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>