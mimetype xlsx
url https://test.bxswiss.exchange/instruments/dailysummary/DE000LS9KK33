--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5b2622920ec4690" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50cc34b7bfc44272" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6153119152cf43d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56579fe0f00b4122"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d61f9e849ea4134" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6153119152cf43d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc06451c1f3f949b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56579fe0f00b4122" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Transformation Automotive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KK33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,437 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...559 lines deleted...]
-          <x:t>192,252</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>