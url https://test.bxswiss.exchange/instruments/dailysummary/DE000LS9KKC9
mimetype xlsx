--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b3018e9627a4d9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea510d66fe3d4a5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3adb3c6744b84073"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52fdf0c1d0cb453b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf44277094c84489a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3adb3c6744b84073" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34b60f1fe6fa4a0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52fdf0c1d0cb453b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TrendSignaleUSA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>249,062</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,892</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>