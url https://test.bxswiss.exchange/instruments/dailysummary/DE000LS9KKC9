--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea510d66fe3d4a5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf9bad34aa5248ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52fdf0c1d0cb453b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9d3d92f1d8f4afc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34b60f1fe6fa4a0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52fdf0c1d0cb453b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R273c222468944362" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9d3d92f1d8f4afc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TrendSignaleUSA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,268</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>