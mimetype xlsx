--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f604e70738243c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fa1c5f3ae8d4f34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca02f103e2424d26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e5a68ac9d1e42d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R301599ffc3b54fa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca02f103e2424d26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffe8a1f5d549473c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e5a68ac9d1e42d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spekulativ-Konservativer Mix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,827</x:t>
-[...333 lines deleted...]
-          <x:t>144,239</x:t>
+          <x:t>142,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,786</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>