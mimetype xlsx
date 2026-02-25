--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fa1c5f3ae8d4f34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ee3d91267e747e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e5a68ac9d1e42d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44bb016e93d14465"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffe8a1f5d549473c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e5a68ac9d1e42d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9b29d8842e846c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44bb016e93d14465" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spekulativ-Konservativer Mix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,942</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>